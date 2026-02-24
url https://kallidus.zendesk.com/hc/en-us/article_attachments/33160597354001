--- v0 (2025-10-18)
+++ v1 (2026-02-24)
@@ -2,60 +2,60 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\troym\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B13CCF58-E68D-40AD-8DC8-303E22943118}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{E5945F0D-7769-4D46-BAF2-DAFF8D47541B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Learn LMS email templates" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Learn LMS email templates'!$A$1:$E$1</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
@@ -66,53 +66,50 @@
   <si>
     <t>Trigger</t>
   </si>
   <si>
     <t>EventNotifyAvailability</t>
   </si>
   <si>
     <t>Instant</t>
   </si>
   <si>
     <t>NewEvent</t>
   </si>
   <si>
     <t>EventBookingStageApproved</t>
   </si>
   <si>
     <t>EventBookingWait</t>
   </si>
   <si>
     <t>EventBookingWaitUser</t>
   </si>
   <si>
     <t>EventDidNotAttendManager</t>
   </si>
   <si>
-    <t>Overnight</t>
-[...1 lines deleted...]
-  <si>
     <t>EventDidNotAttendUser</t>
   </si>
   <si>
     <t>EventNotifyList</t>
   </si>
   <si>
     <t>EventBookingApproved</t>
   </si>
   <si>
     <t>EventBookingBooked</t>
   </si>
   <si>
     <t>EventBookingBookedUser</t>
   </si>
   <si>
     <t>EventBookingBookedUserExchange</t>
   </si>
   <si>
     <t>EventBookingDenied</t>
   </si>
   <si>
     <t>EventBookingRequest</t>
   </si>
   <si>
     <t>CheckEventAttendeeLevels</t>
@@ -359,53 +356,50 @@
   <si>
     <t>Where a follow-up survey is configured for an evaluation, and the specified time since first evaluation has elapsed.</t>
   </si>
   <si>
     <t>CheckEventsManager</t>
   </si>
   <si>
     <t>Sent to a Users manager to remind them about a team members forthcoming event booking</t>
   </si>
   <si>
     <t>CheckEventsUser</t>
   </si>
   <si>
     <t>Competency Checks</t>
   </si>
   <si>
     <t>CompetencyCheckUser</t>
   </si>
   <si>
     <t>RateCourseAfterCompetencyCheck</t>
   </si>
   <si>
     <t>Sent when a Competency Check Lesson is the last to be completed as part of a Course</t>
   </si>
   <si>
-    <t>Overnight / instant</t>
-[...1 lines deleted...]
-  <si>
     <t>instant</t>
   </si>
   <si>
     <t>Evaluationformreminder</t>
   </si>
   <si>
     <t>Manager email templates</t>
   </si>
   <si>
     <t>Triggered by manager through My Team dashboard</t>
   </si>
   <si>
     <t>Course Discussions</t>
   </si>
   <si>
     <t>CourseCommentReply</t>
   </si>
   <si>
     <t>when a comment is added to a discussion thread followed by the User</t>
   </si>
   <si>
     <t>LessonLaunchesUnlockedManager</t>
   </si>
   <si>
     <t>LessonLaunchesUnlockedUser</t>
@@ -501,50 +495,56 @@
     <t>SkillLevelChangeRequestDenied</t>
   </si>
   <si>
     <t xml:space="preserve">Skills </t>
   </si>
   <si>
     <t>User requests a change in skill level</t>
   </si>
   <si>
     <t>Manager approves the change in skill level</t>
   </si>
   <si>
     <t>Manager declines the change in skill level</t>
   </si>
   <si>
     <t>CheckElements</t>
   </si>
   <si>
     <t>CheckElementsTargetUser</t>
   </si>
   <si>
     <t>CourseRecommendation</t>
   </si>
   <si>
     <t>GenericEmail</t>
+  </si>
+  <si>
+    <t>Office hours</t>
+  </si>
+  <si>
+    <t>Office hours / instant</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
@@ -884,1118 +884,1099 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:E62"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A51" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="B62" sqref="B62"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="C2" sqref="C2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="19.5" customHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="19.5" customHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="53.42578125" customWidth="1"/>
+    <col min="1" max="1" width="53.453125" customWidth="1"/>
     <col min="2" max="2" width="25" customWidth="1"/>
-    <col min="3" max="3" width="22.42578125" customWidth="1"/>
+    <col min="3" max="3" width="22.453125" customWidth="1"/>
     <col min="4" max="4" width="17" style="1" customWidth="1"/>
-    <col min="5" max="5" width="255.85546875" bestFit="1" customWidth="1"/>
-    <col min="6" max="38" width="8.5703125" customWidth="1"/>
+    <col min="5" max="5" width="255.81640625" bestFit="1" customWidth="1"/>
+    <col min="6" max="38" width="8.54296875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" ht="34.700000000000003" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:5" ht="34.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A1" s="2" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="D1" s="3" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="2" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B2" t="s">
+        <v>113</v>
+      </c>
+      <c r="C2" t="s">
+        <v>137</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="E2" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="3" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A3" t="s">
         <v>19</v>
       </c>
-      <c r="B2" t="s">
-[...5 lines deleted...]
-      <c r="D2" s="1" t="s">
+      <c r="B3" t="s">
+        <v>113</v>
+      </c>
+      <c r="C3" t="s">
+        <v>3</v>
+      </c>
+      <c r="D3" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="E3" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A4" t="s">
+        <v>22</v>
+      </c>
+      <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>137</v>
+      </c>
+      <c r="D4" s="1" t="s">
         <v>56</v>
       </c>
-      <c r="E2" t="s">
-[...4 lines deleted...]
-      <c r="A3" t="s">
+      <c r="E4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="5" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A5" t="s">
+        <v>21</v>
+      </c>
+      <c r="B5" t="s">
         <v>20</v>
       </c>
-      <c r="B3" t="s">
-[...5 lines deleted...]
-      <c r="D3" s="1" t="s">
+      <c r="C5" t="s">
+        <v>137</v>
+      </c>
+      <c r="D5" s="1" t="s">
         <v>56</v>
       </c>
-      <c r="E3" t="s">
+      <c r="E5" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="6" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A6" t="s">
+        <v>17</v>
+      </c>
+      <c r="B6" t="s">
+        <v>113</v>
+      </c>
+      <c r="C6" t="s">
+        <v>3</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="E6" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="7" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A7" t="s">
+        <v>84</v>
+      </c>
+      <c r="B7" t="s">
+        <v>113</v>
+      </c>
+      <c r="C7" t="s">
+        <v>137</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="E7" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A8" t="s">
+        <v>86</v>
+      </c>
+      <c r="B8" t="s">
+        <v>113</v>
+      </c>
+      <c r="C8" t="s">
+        <v>137</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="E8" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A9" t="s">
+        <v>23</v>
+      </c>
+      <c r="B9" t="s">
+        <v>111</v>
+      </c>
+      <c r="C9" t="s">
+        <v>137</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="E9" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A10" t="s">
+        <v>88</v>
+      </c>
+      <c r="B10" t="s">
+        <v>87</v>
+      </c>
+      <c r="C10" t="s">
+        <v>138</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="E10" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A11" t="s">
+        <v>24</v>
+      </c>
+      <c r="B11" t="s">
+        <v>111</v>
+      </c>
+      <c r="C11" t="s">
+        <v>137</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="E11" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A12" t="s">
+        <v>25</v>
+      </c>
+      <c r="B12" t="s">
+        <v>111</v>
+      </c>
+      <c r="C12" t="s">
+        <v>137</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="E12" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A13" t="s">
+        <v>96</v>
+      </c>
+      <c r="B13" t="s">
+        <v>95</v>
+      </c>
+      <c r="C13" t="s">
+        <v>91</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="E13" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A14" t="s">
+        <v>26</v>
+      </c>
+      <c r="B14" t="s">
+        <v>111</v>
+      </c>
+      <c r="C14" t="s">
+        <v>137</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="E14" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A15" t="s">
+        <v>27</v>
+      </c>
+      <c r="B15" t="s">
+        <v>111</v>
+      </c>
+      <c r="C15" t="s">
+        <v>137</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="E15" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A16" t="s">
+        <v>28</v>
+      </c>
+      <c r="B16" t="s">
+        <v>111</v>
+      </c>
+      <c r="C16" t="s">
+        <v>137</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="E16" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A17" t="s">
+        <v>29</v>
+      </c>
+      <c r="B17" t="s">
+        <v>111</v>
+      </c>
+      <c r="C17" t="s">
+        <v>3</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="E17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A18" t="s">
+        <v>30</v>
+      </c>
+      <c r="B18" t="s">
+        <v>111</v>
+      </c>
+      <c r="C18" t="s">
+        <v>3</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="E18" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A19" t="s">
+        <v>31</v>
+      </c>
+      <c r="B19" t="s">
+        <v>111</v>
+      </c>
+      <c r="C19" t="s">
+        <v>3</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="E19" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A20" t="s">
+        <v>33</v>
+      </c>
+      <c r="B20" t="s">
+        <v>32</v>
+      </c>
+      <c r="C20" t="s">
+        <v>137</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="E20" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A21" t="s">
+        <v>34</v>
+      </c>
+      <c r="B21" t="s">
+        <v>32</v>
+      </c>
+      <c r="C21" t="s">
+        <v>137</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="E21" t="s">
         <v>82</v>
       </c>
     </row>
-    <row r="4" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-[...12 lines deleted...]
-      <c r="E4" t="s">
+    <row r="22" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A22" t="s">
         <v>46</v>
       </c>
-    </row>
-[...27 lines deleted...]
-      <c r="D6" s="1" t="s">
+      <c r="B22" t="s">
+        <v>113</v>
+      </c>
+      <c r="C22" t="s">
+        <v>3</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="E22" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A23" t="s">
+        <v>125</v>
+      </c>
+      <c r="B23" t="s">
+        <v>39</v>
+      </c>
+      <c r="C23" t="s">
+        <v>137</v>
+      </c>
+      <c r="D23" s="1" t="s">
         <v>56</v>
       </c>
-      <c r="E6" t="s">
-[...13 lines deleted...]
-      <c r="D7" s="1" t="s">
+      <c r="E23" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A24" t="s">
+        <v>92</v>
+      </c>
+      <c r="B24" t="s">
+        <v>39</v>
+      </c>
+      <c r="C24" t="s">
+        <v>91</v>
+      </c>
+      <c r="D24" s="1" t="s">
         <v>56</v>
       </c>
-      <c r="E7" t="s">
-[...24 lines deleted...]
-      <c r="B9" t="s">
+      <c r="E24" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A25" t="s">
+        <v>11</v>
+      </c>
+      <c r="B25" t="s">
         <v>113</v>
       </c>
-      <c r="C9" t="s">
-[...30 lines deleted...]
-      <c r="B11" t="s">
+      <c r="C25" t="s">
+        <v>3</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="E25" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A26" t="s">
+        <v>12</v>
+      </c>
+      <c r="B26" t="s">
         <v>113</v>
       </c>
-      <c r="C11" t="s">
-[...13 lines deleted...]
-      <c r="B12" t="s">
+      <c r="C26" t="s">
+        <v>3</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="E26" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A27" t="s">
+        <v>13</v>
+      </c>
+      <c r="B27" t="s">
         <v>113</v>
       </c>
-      <c r="C12" t="s">
-[...30 lines deleted...]
-      <c r="B14" t="s">
+      <c r="C27" t="s">
+        <v>3</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="E27" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A28" t="s">
+        <v>14</v>
+      </c>
+      <c r="B28" t="s">
         <v>113</v>
       </c>
-      <c r="C14" t="s">
-[...13 lines deleted...]
-      <c r="B15" t="s">
+      <c r="C28" t="s">
+        <v>3</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="E28" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="29" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A29" t="s">
+        <v>15</v>
+      </c>
+      <c r="B29" t="s">
         <v>113</v>
       </c>
-      <c r="C15" t="s">
-[...13 lines deleted...]
-      <c r="B16" t="s">
+      <c r="C29" t="s">
+        <v>3</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="E29" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="30" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A30" t="s">
+        <v>16</v>
+      </c>
+      <c r="B30" t="s">
         <v>113</v>
       </c>
-      <c r="C16" t="s">
-[...226 lines deleted...]
-      <c r="E29" t="s">
+      <c r="C30" t="s">
+        <v>3</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="E30" t="s">
         <v>77</v>
       </c>
     </row>
-    <row r="30" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-[...16 lines deleted...]
-    <row r="31" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A31" t="s">
         <v>5</v>
       </c>
       <c r="B31" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="C31" t="s">
         <v>3</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="E31" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="32" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A32" t="s">
         <v>6</v>
       </c>
       <c r="B32" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="C32" t="s">
         <v>3</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="E32" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A33" t="s">
         <v>7</v>
       </c>
       <c r="B33" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="C33" t="s">
         <v>3</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="E33" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A34" t="s">
         <v>8</v>
       </c>
       <c r="B34" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="C34" t="s">
+        <v>137</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="E34" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="35" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A35" t="s">
         <v>9</v>
       </c>
-      <c r="D34" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E34" t="s">
+      <c r="B35" t="s">
+        <v>113</v>
+      </c>
+      <c r="C35" t="s">
+        <v>137</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="E35" t="s">
         <v>71</v>
       </c>
     </row>
-    <row r="35" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-[...16 lines deleted...]
-    <row r="36" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A36" t="s">
         <v>2</v>
       </c>
       <c r="B36" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="C36" t="s">
         <v>3</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="E36" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="37" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A37" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B37" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="C37" t="s">
         <v>3</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="E37" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="38" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A38" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="B38" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="C38" t="s">
         <v>3</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="E38" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A39" t="s">
+        <v>36</v>
+      </c>
+      <c r="B39" t="s">
+        <v>112</v>
+      </c>
+      <c r="C39" t="s">
+        <v>137</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="E39" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="40" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A40" t="s">
+        <v>35</v>
+      </c>
+      <c r="B40" t="s">
+        <v>112</v>
+      </c>
+      <c r="C40" t="s">
+        <v>137</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="E40" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="41" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A41" t="s">
+        <v>38</v>
+      </c>
+      <c r="B41" t="s">
+        <v>112</v>
+      </c>
+      <c r="C41" t="s">
+        <v>137</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="E41" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="42" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A42" t="s">
         <v>37</v>
       </c>
-      <c r="B39" t="s">
-[...25 lines deleted...]
-      <c r="E40" t="s">
+      <c r="B42" t="s">
+        <v>112</v>
+      </c>
+      <c r="C42" t="s">
+        <v>137</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="E42" t="s">
         <v>53</v>
       </c>
     </row>
-    <row r="41" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-[...33 lines deleted...]
-    <row r="43" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A43" t="s">
+        <v>98</v>
+      </c>
+      <c r="B43" t="s">
+        <v>112</v>
+      </c>
+      <c r="C43" t="s">
+        <v>3</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="E43" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="44" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A44" t="s">
+        <v>99</v>
+      </c>
+      <c r="B44" t="s">
+        <v>112</v>
+      </c>
+      <c r="C44" t="s">
+        <v>3</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="E44" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="45" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A45" t="s">
         <v>100</v>
       </c>
-      <c r="B43" t="s">
-[...8 lines deleted...]
-      <c r="E43" t="s">
+      <c r="B45" t="s">
+        <v>112</v>
+      </c>
+      <c r="C45" t="s">
+        <v>3</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="E45" t="s">
         <v>103</v>
       </c>
     </row>
-    <row r="44" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-[...33 lines deleted...]
-    <row r="46" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A46" t="s">
         <v>4</v>
       </c>
       <c r="B46" t="s">
+        <v>113</v>
+      </c>
+      <c r="C46" t="s">
+        <v>3</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="E46" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="47" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A47" t="s">
+        <v>109</v>
+      </c>
+      <c r="B47" t="s">
+        <v>113</v>
+      </c>
+      <c r="C47" t="s">
+        <v>3</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="E47" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="48" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A48" t="s">
+        <v>107</v>
+      </c>
+      <c r="B48" t="s">
+        <v>87</v>
+      </c>
+      <c r="C48" t="s">
+        <v>138</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="E48" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="49" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A49" t="s">
+        <v>89</v>
+      </c>
+      <c r="B49" t="s">
+        <v>87</v>
+      </c>
+      <c r="C49" t="s">
+        <v>3</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="E49" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="50" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A50" t="s">
+        <v>57</v>
+      </c>
+      <c r="B50" t="s">
+        <v>111</v>
+      </c>
+      <c r="C50" t="s">
+        <v>3</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="E50" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="51" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A51" t="s">
+        <v>105</v>
+      </c>
+      <c r="B51" t="s">
+        <v>93</v>
+      </c>
+      <c r="C51" t="s">
+        <v>3</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="E51" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="52" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A52" t="s">
+        <v>114</v>
+      </c>
+      <c r="B52" t="s">
+        <v>120</v>
+      </c>
+      <c r="C52" t="s">
+        <v>3</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="E52" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="53" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A53" t="s">
+        <v>123</v>
+      </c>
+      <c r="B53" t="s">
+        <v>120</v>
+      </c>
+      <c r="C53" t="s">
+        <v>3</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="E53" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="54" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A54" t="s">
+        <v>124</v>
+      </c>
+      <c r="B54" t="s">
+        <v>120</v>
+      </c>
+      <c r="C54" t="s">
+        <v>3</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="E54" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="55" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A55" t="s">
         <v>115</v>
       </c>
-      <c r="C46" t="s">
-[...2 lines deleted...]
-      <c r="D46" s="1" t="s">
+      <c r="B55" t="s">
+        <v>120</v>
+      </c>
+      <c r="C55" t="s">
+        <v>3</v>
+      </c>
+      <c r="D55" s="1" t="s">
         <v>56</v>
       </c>
-      <c r="E46" t="s">
-[...4 lines deleted...]
-      <c r="A47" t="s">
+      <c r="E55" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="56" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A56" t="s">
+        <v>126</v>
+      </c>
+      <c r="B56" t="s">
+        <v>129</v>
+      </c>
+      <c r="C56" t="s">
+        <v>3</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="E56" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="57" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A57" t="s">
+        <v>127</v>
+      </c>
+      <c r="B57" t="s">
+        <v>129</v>
+      </c>
+      <c r="C57" t="s">
+        <v>3</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="E57" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="58" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A58" t="s">
+        <v>128</v>
+      </c>
+      <c r="B58" t="s">
+        <v>129</v>
+      </c>
+      <c r="C58" t="s">
+        <v>3</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="E58" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="59" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A59" t="s">
+        <v>133</v>
+      </c>
+      <c r="B59" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="60" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A60" t="s">
+        <v>134</v>
+      </c>
+      <c r="B60" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="61" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A61" t="s">
+        <v>135</v>
+      </c>
+      <c r="B61" t="s">
         <v>111</v>
       </c>
-      <c r="B47" t="s">
-[...208 lines deleted...]
-      <c r="A60" t="s">
+    </row>
+    <row r="62" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A62" t="s">
         <v>136</v>
-      </c>
-[...14 lines deleted...]
-        <v>138</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:E1" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...17 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C356232BE38A584D8F791B825F20A800" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="daff62525418ae9da08edc4ec05f716f">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="0dc29fca-86cf-4353-ab3a-fb20504229e9" xmlns:ns3="41ef18ed-a0ca-4f04-b66f-22d8639c5f38" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a1ebb816255627ea9a0c9ac8c0f8cd85" ns2:_="" ns3:_="">
     <xsd:import namespace="0dc29fca-86cf-4353-ab3a-fb20504229e9"/>
     <xsd:import namespace="41ef18ed-a0ca-4f04-b66f-22d8639c5f38"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -2174,83 +2155,102 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="0dc29fca-86cf-4353-ab3a-fb20504229e9">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{56E0E428-9EB8-40DD-A162-634286304B7D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="0dc29fca-86cf-4353-ab3a-fb20504229e9"/>
     <ds:schemaRef ds:uri="41ef18ed-a0ca-4f04-b66f-22d8639c5f38"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{122567A7-193C-41C8-BA69-9EDFC8928892}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B6D55C6B-C2ED-43ED-91DE-72CC91D0DC3A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="0dc29fca-86cf-4353-ab3a-fb20504229e9"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Learn LMS email templates</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>